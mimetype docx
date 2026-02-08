--- v0 (2026-01-08)
+++ v1 (2026-02-08)
@@ -1,4554 +1,7427 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="678FD36C" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRDefault="00BB5504">
+    <w:p w14:paraId="678FD36C" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRPr="00C31D58" w:rsidRDefault="00BB5504" w:rsidP="0041080D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="50" w:after="1"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="367" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2533"/>
         <w:gridCol w:w="8265"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB5504" w:rsidRPr="0003614F" w14:paraId="7EAB5E5C" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00BB5504" w:rsidRPr="00CF38CA" w14:paraId="7EAB5E5C" w14:textId="77777777" w:rsidTr="00BB0501">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2533" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13AEC38F" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRPr="0003614F" w:rsidRDefault="00000000" w:rsidP="00BB0501">
+          <w:p w14:paraId="13AEC38F" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRPr="00CF38CA" w:rsidRDefault="00000000" w:rsidP="0041080D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="256" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0003614F">
+            <w:r w:rsidRPr="00CF38CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Study</w:t>
             </w:r>
-            <w:r w:rsidRPr="0003614F">
+            <w:r w:rsidRPr="00CF38CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0003614F">
+            <w:r w:rsidRPr="00CF38CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Title:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1578509836"/>
+            <w:placeholder>
+              <w:docPart w:val="5105DD949F89427D91855277878D28F7"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="8265" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3290F8F3" w14:textId="5FCAEC77" w:rsidR="00BB5504" w:rsidRPr="00CF38CA" w:rsidRDefault="0017142B" w:rsidP="0041080D">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00CF38CA">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="0017142B" w:rsidRPr="00CF38CA" w14:paraId="1A87F35E" w14:textId="77777777" w:rsidTr="00BB0501">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2533" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01CDCDF4" w14:textId="6BCAAF44" w:rsidR="0017142B" w:rsidRPr="00CF38CA" w:rsidRDefault="0017142B" w:rsidP="0041080D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF38CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UMB IRB Number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8265" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3290F8F3" w14:textId="07EABB99" w:rsidR="00BB5504" w:rsidRPr="0003614F" w:rsidRDefault="00BB5504" w:rsidP="00BB0501">
+          <w:p w14:paraId="4F62C0B6" w14:textId="2EE83111" w:rsidR="0017142B" w:rsidRPr="00CF38CA" w:rsidRDefault="0017142B" w:rsidP="0041080D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="256" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00CF38CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HP-</w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1213190107"/>
+                <w:placeholder>
+                  <w:docPart w:val="51E25BF6A8374FD2974593E4088431D9"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00CF38CA">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB5504" w:rsidRPr="0003614F" w14:paraId="6728DE44" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00BB5504" w:rsidRPr="00CF38CA" w14:paraId="6728DE44" w14:textId="77777777" w:rsidTr="00BB0501">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2533" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F4FF8B2" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRPr="0003614F" w:rsidRDefault="00000000" w:rsidP="00BB0501">
+          <w:p w14:paraId="0F4FF8B2" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRPr="00CF38CA" w:rsidRDefault="00000000" w:rsidP="0041080D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="256" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0003614F">
+            <w:r w:rsidRPr="00CF38CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Relying</w:t>
             </w:r>
-            <w:r w:rsidRPr="0003614F">
+            <w:r w:rsidRPr="00CF38CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Institution:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...13 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-719508427"/>
+            <w:placeholder>
+              <w:docPart w:val="546646EDD7074AEF8528137EEBFD808B"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="8265" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0A046F27" w14:textId="1B7E4795" w:rsidR="00BB5504" w:rsidRPr="00CF38CA" w:rsidRDefault="0017142B" w:rsidP="0041080D">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="257" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00CF38CA">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BB5504" w:rsidRPr="0003614F" w14:paraId="756BEBCE" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00BB5504" w:rsidRPr="00CF38CA" w14:paraId="756BEBCE" w14:textId="77777777" w:rsidTr="00BB0501">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2533" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25E3D243" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRPr="0003614F" w:rsidRDefault="00000000" w:rsidP="00BB0501">
+          <w:p w14:paraId="25E3D243" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRPr="00CF38CA" w:rsidRDefault="00000000" w:rsidP="0041080D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="256" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0003614F">
+            <w:r w:rsidRPr="00CF38CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Relying</w:t>
             </w:r>
-            <w:r w:rsidRPr="0003614F">
+            <w:r w:rsidRPr="00CF38CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0003614F">
+            <w:r w:rsidRPr="00CF38CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
-            <w:r w:rsidRPr="0003614F">
+            <w:r w:rsidRPr="00CF38CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0003614F">
+            <w:r w:rsidRPr="00CF38CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PI:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...13 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1261265199"/>
+            <w:placeholder>
+              <w:docPart w:val="B375CB497D594D3A91138A39C6957827"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="8265" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="30061BF9" w14:textId="47A58053" w:rsidR="00BB5504" w:rsidRPr="00CF38CA" w:rsidRDefault="0017142B" w:rsidP="0041080D">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00CF38CA">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00EE6E4A" w:rsidRPr="0003614F" w14:paraId="42685BBC" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00EE6E4A" w:rsidRPr="00CF38CA" w14:paraId="42685BBC" w14:textId="77777777" w:rsidTr="00BB0501">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2533" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33F58E3E" w14:textId="12F7F281" w:rsidR="00EE6E4A" w:rsidRPr="0003614F" w:rsidRDefault="00EE6E4A" w:rsidP="00BB0501">
+          <w:p w14:paraId="33F58E3E" w14:textId="12F7F281" w:rsidR="00EE6E4A" w:rsidRPr="00CF38CA" w:rsidRDefault="00EE6E4A" w:rsidP="0041080D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="256" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0003614F">
+            <w:r w:rsidRPr="00CF38CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Person Completing Form:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...13 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-241722612"/>
+            <w:placeholder>
+              <w:docPart w:val="77EB127C002E4475AAE889B5DA0AB800"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="8265" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="6E5EB591" w14:textId="39D89CCB" w:rsidR="00EE6E4A" w:rsidRPr="00CF38CA" w:rsidRDefault="0017142B" w:rsidP="0041080D">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00CF38CA">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4842418F" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRPr="0003614F" w:rsidRDefault="00BB5504" w:rsidP="00BB0501">
+    <w:p w14:paraId="4842418F" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRPr="00C31D58" w:rsidRDefault="00BB5504" w:rsidP="0041080D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="101"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblInd w:w="365" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6204"/>
         <w:gridCol w:w="4596"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004224C4" w:rsidRPr="0003614F" w14:paraId="6981044B" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="004224C4" w:rsidRPr="00C31D58" w14:paraId="6981044B" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
           </w:tcPr>
-          <w:p w14:paraId="7512B39A" w14:textId="60D1444A" w:rsidR="004224C4" w:rsidRPr="0003614F" w:rsidRDefault="004224C4" w:rsidP="00BB0501">
+          <w:p w14:paraId="7512B39A" w14:textId="60D1444A" w:rsidR="004224C4" w:rsidRPr="00C31D58" w:rsidRDefault="004224C4" w:rsidP="0041080D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="248" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0003614F">
+            <w:r w:rsidRPr="00C31D58">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Current Study Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE6E4A" w:rsidRPr="0003614F" w14:paraId="0A649C4A" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00EE6E4A" w:rsidRPr="00C31D58" w14:paraId="0A649C4A" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="806"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6204" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AB982CD" w14:textId="50EA5A6B" w:rsidR="00EE6E4A" w:rsidRPr="0003614F" w:rsidRDefault="002A4B5A" w:rsidP="00BB0501">
+          <w:p w14:paraId="1AB982CD" w14:textId="77E87C18" w:rsidR="00EE6E4A" w:rsidRPr="00C31D58" w:rsidRDefault="00EE6E4A" w:rsidP="0028307A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="3"/>
               </w:numPr>
-              <w:spacing w:line="249" w:lineRule="exact"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>What is the enrollment status of the study at this site? (Enrollment includes recruitment of subjects, review of records, collection of specimens, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4596" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FDB221B" w14:textId="375FCE90" w:rsidR="00EE6E4A" w:rsidRPr="0003614F" w:rsidRDefault="0003614F" w:rsidP="00BB0501">
+          <w:p w14:paraId="2F4F25A9" w14:textId="54220611" w:rsidR="0003614F" w:rsidRPr="00C31D58" w:rsidRDefault="0003614F" w:rsidP="00CF38CA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0003614F">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2076694182"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="004224C4">
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:r w:rsidR="004224C4" w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Enrollment Open </w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00CF38CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1097909937"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="004224C4">
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:r w:rsidR="004224C4" w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Enrollment Temporarily Halted or Suspended </w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00CF38CA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2016594957"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="004224C4">
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:r w:rsidR="004224C4" w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Enrollment Permanently Closed </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0003614F" w:rsidRPr="0003614F" w14:paraId="5B6E1C53" w14:textId="77777777" w:rsidTr="00720518">
+      <w:tr w:rsidR="0041080D" w:rsidRPr="00C31D58" w14:paraId="5B6E1C53" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="56"/>
-[...54 lines deleted...]
-          <w:trHeight w:val="56"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="74B1CD9F" w14:textId="3667D9D5" w:rsidR="006508A9" w:rsidRDefault="002A4B5A" w:rsidP="006508A9">
+          <w:p w14:paraId="5E0A22AC" w14:textId="77777777" w:rsidR="00CB6474" w:rsidRPr="00C31D58" w:rsidRDefault="0041080D" w:rsidP="0028307A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+              <w:ind w:left="450"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...35 lines deleted...]
-              <w:t>?</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If enrollment is halted or suspended, explain why:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B024CE8" w14:textId="12062850" w:rsidR="009364BC" w:rsidRPr="0003614F" w:rsidRDefault="009364BC" w:rsidP="006508A9">
+          <w:p w14:paraId="7547B816" w14:textId="63BA4015" w:rsidR="0041080D" w:rsidRPr="00C31D58" w:rsidRDefault="0028307A" w:rsidP="00CB6474">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+              <w:ind w:left="450"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1805611914"/>
+                <w:placeholder>
+                  <w:docPart w:val="85A53ECD7CA0478082408CFB3668EDA4"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006508A9" w:rsidRPr="0003614F" w14:paraId="1EE026E5" w14:textId="77777777" w:rsidTr="005E070B">
+      <w:tr w:rsidR="006508A9" w:rsidRPr="00C31D58" w14:paraId="224D6548" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5240E6B9" w14:textId="319E90FD" w:rsidR="006508A9" w:rsidRPr="0003614F" w:rsidRDefault="006508A9" w:rsidP="00BB0501">
+          <w:p w14:paraId="7B024CE8" w14:textId="74083CD0" w:rsidR="009364BC" w:rsidRPr="00C31D58" w:rsidRDefault="006508A9" w:rsidP="0028307A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What is the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>current status</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of study activities at this site?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006508A9" w:rsidRPr="00C31D58" w14:paraId="1EE026E5" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5240E6B9" w14:textId="3C9E6489" w:rsidR="006508A9" w:rsidRPr="00C31D58" w:rsidRDefault="006508A9" w:rsidP="00222C86">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-521170860"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:r w:rsidR="00E859AB" w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Research has not begun/no subjects have been enrolle</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">d </w:t>
+            <w:r w:rsidR="00C00821" w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0003614F">
-[...3 lines deleted...]
-              <w:t>and/or no records or data analyzed</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Research has not begun/no subjects have been enrolled and/or no records or data analyzed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006508A9" w:rsidRPr="0003614F" w14:paraId="42A49219" w14:textId="77777777" w:rsidTr="00752D40">
+      <w:tr w:rsidR="006508A9" w:rsidRPr="00C31D58" w14:paraId="42A49219" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2518C75A" w14:textId="41BD48DC" w:rsidR="006508A9" w:rsidRDefault="006508A9" w:rsidP="00BB0501">
+          <w:p w14:paraId="2518C75A" w14:textId="215B9C61" w:rsidR="006508A9" w:rsidRPr="00C31D58" w:rsidRDefault="006508A9" w:rsidP="00222C86">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1772619626"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Research related interventions ongoing</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C00821" w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Research related interventions ongoing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006508A9" w:rsidRPr="0003614F" w14:paraId="2A19E182" w14:textId="77777777" w:rsidTr="00AF329A">
+      <w:tr w:rsidR="006508A9" w:rsidRPr="00C31D58" w14:paraId="2A19E182" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="29E750F7" w14:textId="15A0ED8D" w:rsidR="006508A9" w:rsidRDefault="006508A9" w:rsidP="00BB0501">
+          <w:p w14:paraId="29E750F7" w14:textId="7C11F311" w:rsidR="006508A9" w:rsidRPr="00C31D58" w:rsidRDefault="006508A9" w:rsidP="00222C86">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-716818034"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Ongoing chart review/specimen analysis of private identifiable information</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C00821" w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ongoing chart review/specimen analysis of private identifiable information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006508A9" w:rsidRPr="0003614F" w14:paraId="7EA07ECE" w14:textId="77777777" w:rsidTr="002F1E0D">
+      <w:tr w:rsidR="006508A9" w:rsidRPr="00C31D58" w14:paraId="7EA07ECE" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="483A461C" w14:textId="59C5F497" w:rsidR="006508A9" w:rsidRDefault="006508A9" w:rsidP="00BB0501">
+          <w:p w14:paraId="483A461C" w14:textId="20561D9C" w:rsidR="006508A9" w:rsidRPr="00C31D58" w:rsidRDefault="006508A9" w:rsidP="00222C86">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2138376799"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Long-term follow-up only (all subjects have completed all research related interventions)</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B44C0C" w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Long-term follow-up only (all subjects have completed all research related interventions)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006508A9" w:rsidRPr="0003614F" w14:paraId="3634C274" w14:textId="77777777" w:rsidTr="003E7323">
+      <w:tr w:rsidR="006508A9" w:rsidRPr="00C31D58" w14:paraId="3634C274" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="64C00961" w14:textId="1A4531CE" w:rsidR="006508A9" w:rsidRDefault="006508A9" w:rsidP="00BB0501">
+          <w:p w14:paraId="64C00961" w14:textId="22BAAB03" w:rsidR="006508A9" w:rsidRPr="00C31D58" w:rsidRDefault="006508A9" w:rsidP="00222C86">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-742563247"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Data analysis of private identifiable information only (no further subject interaction and no further data collection)</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B44C0C" w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Data analysis of private identifiable information only (no further subject interaction and no further data collection)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006508A9" w:rsidRPr="0003614F" w14:paraId="09EE6B5E" w14:textId="77777777" w:rsidTr="0008778A">
+      <w:tr w:rsidR="006508A9" w:rsidRPr="00C31D58" w14:paraId="09EE6B5E" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3100E217" w14:textId="6B94635B" w:rsidR="006508A9" w:rsidRDefault="006508A9" w:rsidP="00BB0501">
+          <w:p w14:paraId="3100E217" w14:textId="6E3F548C" w:rsidR="006508A9" w:rsidRPr="00C31D58" w:rsidRDefault="006508A9" w:rsidP="00222C86">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:ind w:left="450" w:hanging="349"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1949582536"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Analysis of de-identified information/specimens only (no further subject interaction and no further data/specimen collection)</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B44C0C" w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Analysis of de-identified information/specimens only (no further subject interaction and no further data/specimen collection)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006508A9" w:rsidRPr="0003614F" w14:paraId="3E73E891" w14:textId="77777777" w:rsidTr="00585E12">
+      <w:tr w:rsidR="006508A9" w:rsidRPr="00C31D58" w14:paraId="3E73E891" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="423"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="15BE3E97" w14:textId="36B48AC0" w:rsidR="006508A9" w:rsidRDefault="006508A9" w:rsidP="00BB0501">
+          <w:p w14:paraId="15BE3E97" w14:textId="11EDEB80" w:rsidR="006508A9" w:rsidRPr="00C31D58" w:rsidRDefault="006508A9" w:rsidP="00222C86">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1112974003"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Closed – All study activities (including analysis of private identifiable information) are completed</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B44C0C" w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Closed – All study activities (including analysis of private identifiable information) are completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C16EE08" w14:textId="77777777" w:rsidR="00A63E0A" w:rsidRDefault="00A63E0A"/>
+    <w:p w14:paraId="7C16EE08" w14:textId="77777777" w:rsidR="00A63E0A" w:rsidRPr="00C31D58" w:rsidRDefault="00A63E0A" w:rsidP="00222C86">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblInd w:w="365" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6204"/>
-        <w:gridCol w:w="4596"/>
+        <w:gridCol w:w="9274"/>
+        <w:gridCol w:w="1526"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004224C4" w:rsidRPr="0003614F" w14:paraId="6AB45B3C" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00977B14" w:rsidRPr="00C31D58" w14:paraId="6AB45B3C" w14:textId="77777777" w:rsidTr="00977B14">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
           </w:tcPr>
-          <w:p w14:paraId="22A9E49F" w14:textId="441953B3" w:rsidR="004224C4" w:rsidRPr="0003614F" w:rsidRDefault="004224C4" w:rsidP="00BB0501">
+          <w:p w14:paraId="22A9E49F" w14:textId="441953B3" w:rsidR="004224C4" w:rsidRPr="00C31D58" w:rsidRDefault="004224C4" w:rsidP="0028307A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004224C4">
+            <w:r w:rsidRPr="00C31D58">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Conflict of Interest</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004224C4" w:rsidRPr="0003614F" w14:paraId="24428134" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00577202" w:rsidRPr="00C31D58" w14:paraId="24428134" w14:textId="77777777" w:rsidTr="00977B14">
         <w:trPr>
-          <w:trHeight w:val="698"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6204" w:type="dxa"/>
+            <w:tcW w:w="9274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="084F38C6" w14:textId="53CC10BE" w:rsidR="004224C4" w:rsidRPr="0003614F" w:rsidRDefault="004224C4" w:rsidP="00BB0501">
+          <w:p w14:paraId="084F38C6" w14:textId="53CC10BE" w:rsidR="004224C4" w:rsidRPr="00C31D58" w:rsidRDefault="004224C4" w:rsidP="0028307A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004224C4">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Has any member of the research team's Conflict of Interest information changed since initial review or the last continuing review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4596" w:type="dxa"/>
+            <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32B2AB9D" w14:textId="67687631" w:rsidR="004224C4" w:rsidRPr="0003614F" w:rsidRDefault="004224C4" w:rsidP="00BB0501">
+          <w:p w14:paraId="19CB387B" w14:textId="3064557D" w:rsidR="004224C4" w:rsidRPr="00C31D58" w:rsidRDefault="00CF38CA" w:rsidP="0028307A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="348536693"/>
+                <w:id w:val="-2124523960"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="005C3510">
+                <w:r w:rsidR="00977B14">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...23 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="-1334755940"/>
+                <w:id w:val="1269893306"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="00977B14">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...9 lines deleted...]
-              <w:t>No</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16B6AEF5" w14:textId="77777777" w:rsidR="00A63E0A" w:rsidRDefault="00A63E0A"/>
+    <w:p w14:paraId="16B6AEF5" w14:textId="77777777" w:rsidR="00A63E0A" w:rsidRPr="00C31D58" w:rsidRDefault="00A63E0A" w:rsidP="00222C86">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10816" w:type="dxa"/>
+        <w:tblInd w:w="365" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7714"/>
+        <w:gridCol w:w="26"/>
+        <w:gridCol w:w="986"/>
+        <w:gridCol w:w="922"/>
+        <w:gridCol w:w="68"/>
+        <w:gridCol w:w="18"/>
+        <w:gridCol w:w="976"/>
+        <w:gridCol w:w="106"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004224C4" w:rsidRPr="00C31D58" w14:paraId="120EFF3C" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9648" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
+          </w:tcPr>
+          <w:p w14:paraId="26637C69" w14:textId="09F129FD" w:rsidR="004224C4" w:rsidRPr="00C31D58" w:rsidRDefault="004224C4" w:rsidP="0028307A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Recruitment and Enrollment Activities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1168" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
+          </w:tcPr>
+          <w:p w14:paraId="05546763" w14:textId="60D59B97" w:rsidR="004224C4" w:rsidRPr="00C31D58" w:rsidRDefault="004224C4" w:rsidP="0028307A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003736DD" w:rsidRPr="00C31D58" w14:paraId="5C48AD77" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9648" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="64625219" w14:textId="046091C3" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Indicate the current total number of participants that have been enrolled to date at this site.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(Enrollment is defined as the number of participants signing a consent form (does not include screening consent forms) or for studies with a waiver of consent, the number of records reviewed, specimens collected, etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1347442027"/>
+            <w:placeholder>
+              <w:docPart w:val="08FC7A5754A743888155E3A1542D86E4"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1168" w:type="dxa"/>
+                <w:gridSpan w:val="4"/>
+              </w:tcPr>
+              <w:p w14:paraId="200AE039" w14:textId="2785BC68" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="003736DD" w:rsidRPr="00C31D58" w14:paraId="69B11A8C" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9648" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B33A85C" w14:textId="1B42FD93" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>How many participants have been enrolled at this site since it was last reviewed by an IRB?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1511524158"/>
+            <w:placeholder>
+              <w:docPart w:val="00652ACFA1074FEDBE2DF5C000989FBD"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1168" w:type="dxa"/>
+                <w:gridSpan w:val="4"/>
+              </w:tcPr>
+              <w:p w14:paraId="3376A552" w14:textId="54CA9111" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="003736DD" w:rsidRPr="00C31D58" w14:paraId="5DED282B" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9648" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A544BF1" w14:textId="7776EF5A" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>How many total participants have been withdrawn from the study at this site?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1368638281"/>
+            <w:placeholder>
+              <w:docPart w:val="ADCEBEF823024AB79F4C026890DB3057"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1168" w:type="dxa"/>
+                <w:gridSpan w:val="4"/>
+              </w:tcPr>
+              <w:p w14:paraId="7F6EEFA9" w14:textId="1F4C6B4B" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00D01EB5" w:rsidRPr="00C31D58" w14:paraId="43A4BD48" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10816" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D8CAF4" w14:textId="77777777" w:rsidR="00D01EB5" w:rsidRPr="00C31D58" w:rsidRDefault="00D01EB5" w:rsidP="0028307A">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Summarize the reasons for participant withdrawal:</w:t>
+            </w:r>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:id w:val="-1307309773"/>
+              <w:placeholder>
+                <w:docPart w:val="004B1BC7EA774597863BBBA1F2615880"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="0E67EABB" w14:textId="1BF139B1" w:rsidR="00D01EB5" w:rsidRPr="00C31D58" w:rsidRDefault="00D01EB5" w:rsidP="0028307A">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:before="60" w:after="60" w:line="23" w:lineRule="atLeast"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00427391" w:rsidRPr="00C31D58" w14:paraId="78D86582" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10710" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="179892D9" w14:textId="77777777" w:rsidR="00611349" w:rsidRPr="00C31D58" w:rsidRDefault="00427391" w:rsidP="00FD4CB0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Break down the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vulnerable populations</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> enrolled locally in this study </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63AB5466" w14:textId="3AC6850E" w:rsidR="00427391" w:rsidRPr="00C31D58" w:rsidRDefault="00611349" w:rsidP="00F0092E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00427391" w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> participant may fit into more than one category</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B215575" w14:textId="78F737DC" w:rsidR="00427391" w:rsidRPr="00C31D58" w:rsidRDefault="00427391" w:rsidP="00F0092E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If you are not </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>enrolling</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vulnerable populations, enter zeros "0" in each of the cells.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C31D58" w:rsidRPr="00C31D58" w14:paraId="683B287C" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7714" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B4D9E0D" w14:textId="1A0962E8" w:rsidR="00847F77" w:rsidRPr="00C31D58" w:rsidRDefault="00847F77" w:rsidP="00FD4CB0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vulnerable Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="092D2FE5" w14:textId="77777777" w:rsidR="00847F77" w:rsidRPr="00C31D58" w:rsidRDefault="00847F77" w:rsidP="00FD4CB0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Male</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="04BD0952" w14:textId="5B73EBE2" w:rsidR="00847F77" w:rsidRPr="00C31D58" w:rsidRDefault="00847F77" w:rsidP="00FD4CB0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Female</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="166628E2" w14:textId="41815AEF" w:rsidR="00847F77" w:rsidRPr="00C31D58" w:rsidRDefault="00847F77" w:rsidP="00FD4CB0">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C31D58" w:rsidRPr="00C31D58" w14:paraId="209EB3D8" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7714" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73ACDC0A" w14:textId="4F1BBD37" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Children (minors)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="631672824"/>
+            <w:placeholder>
+              <w:docPart w:val="373F6312586E49D3917927BC58C841AE"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1012" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:bottom w:val="nil"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="404CC024" w14:textId="369B9633" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-2130387916"/>
+            <w:placeholder>
+              <w:docPart w:val="358142D3A6F74CA783AFD1DCA0609723"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1008" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
+                <w:tcBorders>
+                  <w:bottom w:val="nil"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="2C2D79F4" w14:textId="131E7ACF" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="139383815"/>
+            <w:placeholder>
+              <w:docPart w:val="96F97E28859641E2A7953CAC67D24E6B"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="976" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:bottom w:val="nil"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="00463653" w14:textId="724EF80D" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00C31D58" w:rsidRPr="00C31D58" w14:paraId="00F163CB" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7714" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="424F78AF" w14:textId="7DD3D766" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wards of the State</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-64033945"/>
+            <w:placeholder>
+              <w:docPart w:val="829487CA4A9A4319AFD6619E08041AC6"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1012" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="447B366A" w14:textId="165015CB" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="2095819608"/>
+            <w:placeholder>
+              <w:docPart w:val="68A5C501861041FAAFBBD57B320F6990"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1008" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="09882E66" w14:textId="5276015B" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="141317143"/>
+            <w:placeholder>
+              <w:docPart w:val="E7B2979F62E6402180DAD87D4908B6A7"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="976" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="036626F6" w14:textId="245C7AA8" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00C31D58" w:rsidRPr="00C31D58" w14:paraId="2FACC941" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7714" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AC03571" w14:textId="662F9D95" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pregnant Women/Fetuses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-751590626"/>
+            <w:placeholder>
+              <w:docPart w:val="E2ACF96640A7446EB5806E585781AE59"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1012" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="01BFE066" w14:textId="0CE01AD5" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1656726299"/>
+            <w:placeholder>
+              <w:docPart w:val="2CD08886A5D949BE81CEB0047F427AF1"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1008" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="3E2C6184" w14:textId="5B2AB482" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="172221644"/>
+            <w:placeholder>
+              <w:docPart w:val="AAD62F8C9E024EC598C1DE4C25F63C8B"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="976" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="478E0D9B" w14:textId="65806C36" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00C31D58" w:rsidRPr="00C31D58" w14:paraId="40BAF79C" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7714" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E1C5546" w14:textId="41C9C01A" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nonviable Neonates or Neonates of Uncertain Viability</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="745546432"/>
+            <w:placeholder>
+              <w:docPart w:val="A90B578F72BC40BF976ECC0F2C5E0DD0"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1012" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="71BBE087" w14:textId="3DA74DE6" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1798027794"/>
+            <w:placeholder>
+              <w:docPart w:val="0090035DBD7748DE94937B2968015532"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1008" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
+              </w:tcPr>
+              <w:p w14:paraId="344A7781" w14:textId="5D017548" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-654833611"/>
+            <w:placeholder>
+              <w:docPart w:val="EE564C0B2EEA4723AF794FC34B9F413E"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="976" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="12B18EAB" w14:textId="17386F5D" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00C31D58" w:rsidRPr="00C31D58" w14:paraId="7AA2448E" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7714" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6817EC12" w14:textId="427BB651" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Cognitively Impaired/Impaired Decision-Making Capacity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1701046352"/>
+            <w:placeholder>
+              <w:docPart w:val="106AA59A76F44741B5F0848B37C32845"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1012" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="68699543" w14:textId="55E2A5BD" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1568256957"/>
+            <w:placeholder>
+              <w:docPart w:val="1AE76F75D5BE4D9DA60F697A9E3EA2BF"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1008" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
+              </w:tcPr>
+              <w:p w14:paraId="3A871521" w14:textId="7ACB5AD9" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1789386336"/>
+            <w:placeholder>
+              <w:docPart w:val="7C87AE149A514BCFB352B937B8FFD659"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="976" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="5FB9EC11" w14:textId="3F0FEDA7" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00C31D58" w:rsidRPr="00C31D58" w14:paraId="5C06E5AF" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7714" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C32BCD3" w14:textId="5C9F308A" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prisoners</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1871029759"/>
+            <w:placeholder>
+              <w:docPart w:val="D71F3BC8D89341BEB62B776C698E23E2"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1012" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="4C1D2ADC" w14:textId="4596B4E8" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1872528785"/>
+            <w:placeholder>
+              <w:docPart w:val="67BBA148456044458552F97C1D0F26C7"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1008" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
+              </w:tcPr>
+              <w:p w14:paraId="449E5AB8" w14:textId="2093C868" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1491834019"/>
+            <w:placeholder>
+              <w:docPart w:val="1988768B83164E44924626EFCA71695E"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="976" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3E2CE982" w14:textId="0C259AE2" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00C31D58" w:rsidRPr="00C31D58" w14:paraId="7ACBEEF5" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7714" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD8A67D" w14:textId="57E91FB7" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Economically/Educationally Disadvantaged</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-699863176"/>
+            <w:placeholder>
+              <w:docPart w:val="42895CD4F1D545A19451CA92F31C4F20"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1012" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="4A8E9C4D" w14:textId="1CBF218A" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1121808468"/>
+            <w:placeholder>
+              <w:docPart w:val="7A088EEA5CE24114853A014B5CF3AFFA"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1008" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
+              </w:tcPr>
+              <w:p w14:paraId="7D9E13B5" w14:textId="53E50E1A" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1731650383"/>
+            <w:placeholder>
+              <w:docPart w:val="FCAFCE4F4E0640F4BCF7DE911DE6890B"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="976" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0FA65307" w14:textId="574CE2FB" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00C31D58" w:rsidRPr="00C31D58" w14:paraId="685E7935" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7714" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1589ECBE" w14:textId="53E02DB3" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Employees or Lab Personnel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-99497678"/>
+            <w:placeholder>
+              <w:docPart w:val="87E82A00A5B842CCB41309F8FD144D42"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1012" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="4AE51F96" w14:textId="79334C74" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="788860934"/>
+            <w:placeholder>
+              <w:docPart w:val="4297DB808D484279801D92C6EBA15AA6"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1008" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
+              </w:tcPr>
+              <w:p w14:paraId="6545F221" w14:textId="7B24F854" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="2017035899"/>
+            <w:placeholder>
+              <w:docPart w:val="D1FCA4E375CE44098FF6C6BDEBA147B8"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="976" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="7C9B2EC7" w14:textId="463D257F" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00C31D58" w:rsidRPr="00C31D58" w14:paraId="047AF9C5" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7714" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10991D0B" w14:textId="4A9B4FFC" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="52124135"/>
+            <w:placeholder>
+              <w:docPart w:val="4E4C8930349E48B6BFBA31C8A1393221"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1012" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="7074A6A3" w14:textId="289D01CD" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1129856892"/>
+            <w:placeholder>
+              <w:docPart w:val="8371AA23DE4148E6B5F3416791CA20E0"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1008" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
+              </w:tcPr>
+              <w:p w14:paraId="46E1257B" w14:textId="7BCDFA86" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1662460612"/>
+            <w:placeholder>
+              <w:docPart w:val="97BB99EA67F646C4A87DA5F992AB75F8"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="976" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0B5CDC45" w14:textId="55BB9A2D" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:keepNext/>
+                  <w:keepLines/>
+                  <w:widowControl/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00C31D58" w:rsidRPr="00C31D58" w14:paraId="464D217B" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7714" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F55B094" w14:textId="306F43A0" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grand Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-939371974"/>
+            <w:placeholder>
+              <w:docPart w:val="85785606584F40EBBA3D899028F38FE1"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1012" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="418D10CB" w14:textId="63D0C9CE" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="2137987638"/>
+            <w:placeholder>
+              <w:docPart w:val="07A9FEBE4F554AA2AC6D9AB1C72EA323"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1008" w:type="dxa"/>
+                <w:gridSpan w:val="3"/>
+              </w:tcPr>
+              <w:p w14:paraId="54E5A096" w14:textId="6AD73595" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-867603578"/>
+            <w:placeholder>
+              <w:docPart w:val="473DAFACDD7E4F7CBDA9CBA37CFC15E9"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="976" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="084E7E3A" w14:textId="244A78B9" w:rsidR="003736DD" w:rsidRPr="00C31D58" w:rsidRDefault="003736DD" w:rsidP="003736DD">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00847F77" w:rsidRPr="00C31D58" w14:paraId="7E92B5A9" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10710" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3F7B2A" w14:textId="66AE4658" w:rsidR="00D47010" w:rsidRPr="00C31D58" w:rsidRDefault="00847F77" w:rsidP="00B44C0C">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Break down the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>race/ethnicity</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of populations enrolled locally in this study </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43A8D9B9" w14:textId="48471602" w:rsidR="00847F77" w:rsidRPr="00C31D58" w:rsidRDefault="00D47010" w:rsidP="00F0092E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00847F77" w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> participant may fit into more than one category</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35FE79C8" w14:textId="3FB5632D" w:rsidR="00847F77" w:rsidRPr="00C31D58" w:rsidRDefault="00847F77" w:rsidP="00F0092E">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:widowControl/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>If you are not collecting race/ethnicity or gender information, enter zeros "0" in the applicable cells.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00847F77" w:rsidRPr="00C31D58" w14:paraId="498546A8" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="389F1325" w14:textId="1AC1566C" w:rsidR="00847F77" w:rsidRPr="00C31D58" w:rsidRDefault="00847F77" w:rsidP="0041080D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Race/Ethnicity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49AE51AD" w14:textId="5E63B138" w:rsidR="00847F77" w:rsidRPr="00C31D58" w:rsidRDefault="00847F77" w:rsidP="0041080D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Male</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F802E84" w14:textId="4995DFDC" w:rsidR="00847F77" w:rsidRPr="00C31D58" w:rsidRDefault="00847F77" w:rsidP="0041080D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Female</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="994" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="26273768" w14:textId="09AB4A87" w:rsidR="00847F77" w:rsidRPr="00C31D58" w:rsidRDefault="00847F77" w:rsidP="0041080D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001739DA" w:rsidRPr="00C31D58" w14:paraId="1F7755DC" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="626C489C" w14:textId="4C1A358F" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>American Indian or Alaskan Native</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1180854078"/>
+            <w:placeholder>
+              <w:docPart w:val="4CCB6775FF4A4207BF8F0DA83BABF969"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="986" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="6F2A7B4F" w14:textId="7EFF45F8" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="162511052"/>
+            <w:placeholder>
+              <w:docPart w:val="83C34CAF1AD14DAAAB9F7BE917E72F5D"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="990" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="4BC98274" w14:textId="64AA19B4" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1970463431"/>
+            <w:placeholder>
+              <w:docPart w:val="6B80E10D88254633A3A716CC55E405F8"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="994" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="28E62071" w14:textId="2251FE6F" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="001739DA" w:rsidRPr="00C31D58" w14:paraId="7F452BA8" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE3C7A0" w14:textId="7C4461A8" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Asian/Vietnamese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1674257490"/>
+            <w:placeholder>
+              <w:docPart w:val="4AC8B3A44491457F9EB01D5AD3DDA577"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="986" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="606E3CA2" w14:textId="0D16D54F" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="625515487"/>
+            <w:placeholder>
+              <w:docPart w:val="9E533437B6A84167899157342D563DCB"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="990" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="00190845" w14:textId="092E46AB" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1472024414"/>
+            <w:placeholder>
+              <w:docPart w:val="1FE7D8AC1A3F4232A88F2CCCD1F96644"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="994" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="4025A559" w14:textId="0C8C0382" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="001739DA" w:rsidRPr="00C31D58" w14:paraId="36EEFD44" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="472665FF" w14:textId="5152AF24" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Asian/Other Asian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="835497450"/>
+            <w:placeholder>
+              <w:docPart w:val="81B328661D094D2085A95E2B9D0374A6"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="986" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2723BD48" w14:textId="1D20ED72" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1173534833"/>
+            <w:placeholder>
+              <w:docPart w:val="35122BD6638F4330BA5F962480413D5B"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="990" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="21213E3D" w14:textId="0F626E93" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="818150741"/>
+            <w:placeholder>
+              <w:docPart w:val="4D3DCFC983B84941BBD2BDC135B64BA4"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="994" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="1BA8D48E" w14:textId="0F9C9A7E" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="001739DA" w:rsidRPr="00C31D58" w14:paraId="301FB310" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="263AD781" w14:textId="4720337B" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Black or African American</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-2057461853"/>
+            <w:placeholder>
+              <w:docPart w:val="2282466A02964DAC9199AE547AC51DD9"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="986" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="3A6A3B9E" w14:textId="40F0338D" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-242110802"/>
+            <w:placeholder>
+              <w:docPart w:val="2D3188AE5D4441E184BF7896C3979588"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="990" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="187DE861" w14:textId="4FAA6663" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-2136479852"/>
+            <w:placeholder>
+              <w:docPart w:val="D629324A7FC2441D84468AD49543382A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="994" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="0976DD98" w14:textId="3D826743" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="001739DA" w:rsidRPr="00C31D58" w14:paraId="6CFDC9E7" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48D156CB" w14:textId="1203FC84" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hispanic or Latino</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="676235536"/>
+            <w:placeholder>
+              <w:docPart w:val="657E6A061E444745BCFD1BEDDF71D0D8"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="986" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="21FB9319" w14:textId="4D46DFCE" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1119186488"/>
+            <w:placeholder>
+              <w:docPart w:val="B9B082F2F6B24339AFC77B634EE9783E"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="990" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="4B46E865" w14:textId="5AC9B264" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1994864845"/>
+            <w:placeholder>
+              <w:docPart w:val="F21E39227E2F420FA119CAB59869FF30"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="994" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="4B25320C" w14:textId="2C7173A0" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="001739DA" w:rsidRPr="00C31D58" w14:paraId="71C4ED40" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="269E8DDF" w14:textId="642D8A4C" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mixed Race or Ethnicity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1874143644"/>
+            <w:placeholder>
+              <w:docPart w:val="88D67E8D12A04D9C81DD06B49FD5A4A7"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="986" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2BB57A1B" w14:textId="119B1B63" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1106198569"/>
+            <w:placeholder>
+              <w:docPart w:val="47C3442218C341419465092E590DDEA5"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="990" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="6C1A2C55" w14:textId="016E1227" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1631359986"/>
+            <w:placeholder>
+              <w:docPart w:val="5A64C7E535544DD996AF47C11DFAADE9"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="994" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="5F379110" w14:textId="0E19B76F" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="001739DA" w:rsidRPr="00C31D58" w14:paraId="51F5F645" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B44868" w14:textId="0E3A9274" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Native Hawaiian or Pacific Islander</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1789262229"/>
+            <w:placeholder>
+              <w:docPart w:val="38D4396611C8484496E2BA72C95E969A"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="986" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="794A8D6D" w14:textId="41DB83C1" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1429277059"/>
+            <w:placeholder>
+              <w:docPart w:val="065DDE32D468403C8F8AF70E3B061082"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="990" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="3C209206" w14:textId="4A09C371" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-402073532"/>
+            <w:placeholder>
+              <w:docPart w:val="FCD3A0855808475784679C4F94F38EC0"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="994" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="2ACE934F" w14:textId="04BC5271" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="001739DA" w:rsidRPr="00C31D58" w14:paraId="7D6172EF" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0582C465" w14:textId="08261F5C" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>White or Caucasian</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1244871269"/>
+            <w:placeholder>
+              <w:docPart w:val="93F8E39901FB4AEFB1F92CFE65530E96"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="986" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="04B4F724" w14:textId="1753A9D2" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1826853084"/>
+            <w:placeholder>
+              <w:docPart w:val="5F7BE9F01CE44E709E337F1C6A9F9771"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="990" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="2D79C625" w14:textId="55DD1F5F" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-532424344"/>
+            <w:placeholder>
+              <w:docPart w:val="B97943A0D0474CE483C08A869C6C816C"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="994" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="33B33768" w14:textId="64711E57" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="001739DA" w:rsidRPr="00C31D58" w14:paraId="5F4442C5" w14:textId="77777777" w:rsidTr="00C31D58">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="106" w:type="dxa"/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3918E1EA" w14:textId="5B55DEC0" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grand Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-784731840"/>
+            <w:placeholder>
+              <w:docPart w:val="A1E305CE122D4F1A9D2C6BB63131C996"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="986" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0A9FA6F4" w14:textId="4C396FBB" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="968397764"/>
+            <w:placeholder>
+              <w:docPart w:val="7CD8A4AA86F04BB3BBBB33AD3DD4B900"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="990" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="29D4830F" w14:textId="0CBCA078" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="2000848992"/>
+            <w:placeholder>
+              <w:docPart w:val="8589A10B0A5C45158CE167342B7CBDF7"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="994" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+              </w:tcPr>
+              <w:p w14:paraId="63F59439" w14:textId="1C3B3AC0" w:rsidR="001739DA" w:rsidRPr="00C31D58" w:rsidRDefault="001739DA" w:rsidP="001739DA">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="256" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"># </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="04184169" w14:textId="77777777" w:rsidR="00A63E0A" w:rsidRPr="00C31D58" w:rsidRDefault="00A63E0A" w:rsidP="0041080D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblInd w:w="365" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4320"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="9270"/>
+        <w:gridCol w:w="1530"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004224C4" w:rsidRPr="0003614F" w14:paraId="120EFF3C" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00847F77" w:rsidRPr="00C31D58" w14:paraId="23142C4C" w14:textId="77777777" w:rsidTr="00577202">
         <w:trPr>
-          <w:trHeight w:val="56"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6204" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
           </w:tcPr>
-          <w:p w14:paraId="26637C69" w14:textId="09F129FD" w:rsidR="004224C4" w:rsidRPr="0003614F" w:rsidRDefault="004224C4" w:rsidP="00BB0501">
-[...23 lines deleted...]
-          <w:p w14:paraId="05546763" w14:textId="60D59B97" w:rsidR="004224C4" w:rsidRPr="0003614F" w:rsidRDefault="004224C4" w:rsidP="00BB0501">
+          <w:p w14:paraId="5128BE2A" w14:textId="745A8E27" w:rsidR="00847F77" w:rsidRPr="00C31D58" w:rsidRDefault="00847F77" w:rsidP="0041080D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Monitoring and Audit Activities</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C3510" w:rsidRPr="0003614F" w14:paraId="5C48AD77" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00402A78" w:rsidRPr="00C31D58" w14:paraId="325F3C3A" w14:textId="77777777" w:rsidTr="00577202">
         <w:trPr>
-          <w:trHeight w:val="273"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6204" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64625219" w14:textId="3F89D305" w:rsidR="005C3510" w:rsidRPr="0003614F" w:rsidRDefault="002A4B5A" w:rsidP="00BB0501">
+          <w:p w14:paraId="4D8976C1" w14:textId="2052336E" w:rsidR="00BB0501" w:rsidRPr="00C31D58" w:rsidRDefault="00BB0501" w:rsidP="00B44C0C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
-[...238 lines deleted...]
-                <w:numId w:val="2"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="249" w:lineRule="exact"/>
-              <w:ind w:left="101"/>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">3.1 </w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ha</w:t>
             </w:r>
-            <w:r w:rsidR="005C3510" w:rsidRPr="005C3510">
-[...3 lines deleted...]
-              <w:t>Summarize the reasons for participant withdrawal:</w:t>
+            <w:r w:rsidR="002A4B5A" w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s this site </w:t>
             </w:r>
-          </w:p>
-[...40 lines deleted...]
-              <w:t xml:space="preserve">4. </w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">been inspected or investigated for </w:t>
             </w:r>
-            <w:r w:rsidR="00427391" w:rsidRPr="00427391">
-[...3 lines deleted...]
-              <w:t>Break down the vulnerable populations enrolled locally in this study (a participant may fit into more than one category):</w:t>
+            <w:r w:rsidR="002A4B5A" w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">this </w:t>
             </w:r>
-          </w:p>
-[...66 lines deleted...]
-              <w:t>Vulnerable Population</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>study by the Sponsor, the FDA, OHRP, the HRPO, or any other regulatory agency since your last report?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="092D2FE5" w14:textId="77777777" w:rsidR="00847F77" w:rsidRPr="00427391" w:rsidRDefault="00847F77" w:rsidP="00BB0501">
+          <w:p w14:paraId="7D189028" w14:textId="2E17A727" w:rsidR="00BB0501" w:rsidRPr="00C31D58" w:rsidRDefault="00BB0501" w:rsidP="00125CFD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
-                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00427391">
-[...5 lines deleted...]
-              <w:t>Male</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-              <w:t>Female</w:t>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-201559525"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-              <w:t>Total</w:t>
+            <w:r w:rsidR="00125CFD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-858112708"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847F77" w:rsidRPr="0003614F" w14:paraId="209EB3D8" w14:textId="77777777" w:rsidTr="00ED1E78">
+      <w:tr w:rsidR="00125CFD" w:rsidRPr="00C31D58" w14:paraId="0F6BFCFF" w14:textId="77777777" w:rsidTr="00577202">
         <w:trPr>
-          <w:trHeight w:val="58"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5490" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73ACDC0A" w14:textId="4F1BBD37" w:rsidR="00847F77" w:rsidRPr="00427391" w:rsidRDefault="00847F77" w:rsidP="00BB0501">
+          <w:p w14:paraId="4DDF4330" w14:textId="0C8BBB89" w:rsidR="00125CFD" w:rsidRPr="00C31D58" w:rsidRDefault="00125CFD" w:rsidP="00125CFD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="256" w:lineRule="exact"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:spacing w:line="249" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Children (minors)</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Are there any current inspections or investigations involving the Principal Investigator or any Sub-Investigator(s)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...2 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="404CC024" w14:textId="77777777" w:rsidR="00847F77" w:rsidRPr="00427391" w:rsidRDefault="00847F77" w:rsidP="00BB0501">
+          <w:p w14:paraId="282430AC" w14:textId="67C277FF" w:rsidR="00125CFD" w:rsidRPr="00C31D58" w:rsidRDefault="00125CFD" w:rsidP="00125CFD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="256" w:lineRule="exact"/>
+              <w:spacing w:line="264" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...35 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00D71119">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1708683991"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00D71119">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00D71119">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-284124531"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00D71119">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00D71119">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED1E78" w:rsidRPr="0003614F" w14:paraId="6DCD1050" w14:textId="77777777" w:rsidTr="00ED1E78">
+      <w:tr w:rsidR="00125CFD" w:rsidRPr="00C31D58" w14:paraId="0ED96881" w14:textId="77777777" w:rsidTr="00577202">
         <w:trPr>
-          <w:trHeight w:val="58"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5490" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9270" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4623C444" w14:textId="77777777" w:rsidR="00ED1E78" w:rsidRPr="00C20BB3" w:rsidRDefault="00ED1E78" w:rsidP="00BB0501">
+          <w:p w14:paraId="3CD57331" w14:textId="3D5724D3" w:rsidR="00125CFD" w:rsidRPr="00C31D58" w:rsidRDefault="00125CFD" w:rsidP="00125CFD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="256" w:lineRule="exact"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...95 lines deleted...]
-              <w:t>Wards of the State</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Have research privileges for the Principal or Sub-Investigator(s) been suspended or revoked since your last report?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...5 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="447B366A" w14:textId="77777777" w:rsidR="00847F77" w:rsidRPr="00427391" w:rsidRDefault="00847F77" w:rsidP="00BB0501">
+          <w:p w14:paraId="34BE97FC" w14:textId="5EA2BB04" w:rsidR="00125CFD" w:rsidRPr="00C31D58" w:rsidRDefault="00125CFD" w:rsidP="00125CFD">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="256" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...70 lines deleted...]
-              <w:t>Pregnant Women/Fetuses</w:t>
+            <w:r w:rsidRPr="00D71119">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...80 lines deleted...]
-              <w:t>Nonviable Neonates or Neonates of Uncertain Viability</w:t>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-885251245"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00D71119">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00D71119">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes  </w:t>
             </w:r>
-          </w:p>
-[...559 lines deleted...]
-              <w:t>If you are not collecting race/ethnicity or gender information, enter zeros "0" in the applicable cells.</w:t>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1885674004"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00D71119">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00D71119">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847F77" w:rsidRPr="00847F77" w14:paraId="498546A8" w14:textId="77777777" w:rsidTr="00BB0501">
-[...772 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="04184169" w14:textId="77777777" w:rsidR="00A63E0A" w:rsidRDefault="00A63E0A"/>
+    <w:p w14:paraId="58E75F77" w14:textId="77777777" w:rsidR="00A63E0A" w:rsidRPr="00C31D58" w:rsidRDefault="00A63E0A" w:rsidP="0041080D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblInd w:w="365" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6649"/>
-        <w:gridCol w:w="4151"/>
+        <w:gridCol w:w="9270"/>
+        <w:gridCol w:w="1530"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847F77" w:rsidRPr="00847F77" w14:paraId="23142C4C" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00847F77" w:rsidRPr="00C31D58" w14:paraId="5320192B" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="56"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
           </w:tcPr>
-          <w:p w14:paraId="5128BE2A" w14:textId="745A8E27" w:rsidR="00847F77" w:rsidRPr="00847F77" w:rsidRDefault="00847F77" w:rsidP="00BB0501">
+          <w:p w14:paraId="52B3B47E" w14:textId="1C7C0F09" w:rsidR="00847F77" w:rsidRPr="00C31D58" w:rsidRDefault="00847F77" w:rsidP="0041080D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="101"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Laws</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C1F9B" w:rsidRPr="00C31D58" w14:paraId="5828C161" w14:textId="77777777" w:rsidTr="00125CFD">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9270" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDFB58B" w14:textId="4BDB6A15" w:rsidR="00BB0501" w:rsidRPr="00C31D58" w:rsidRDefault="00BB0501" w:rsidP="0041080D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
-                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00847F77">
-[...61 lines deleted...]
-              <w:t>study by the Sponsor, the FDA, OHRP, the HRPO, or any other regulatory agency since your last report?</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Is the PI aware of any changes in the state local laws related to research?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4151" w:type="dxa"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E524EE1" w14:textId="77777777" w:rsidR="00BB0501" w:rsidRDefault="00BB0501" w:rsidP="00BB0501">
+          <w:p w14:paraId="6FCAF513" w14:textId="1F9E99BB" w:rsidR="00BB0501" w:rsidRPr="00C31D58" w:rsidRDefault="00125CFD" w:rsidP="0041080D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="-201559525"/>
+                <w:id w:val="-1924786852"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...17 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="-858112708"/>
+                <w:id w:val="-1534658215"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
-[...1 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="0003614F">
-[...9 lines deleted...]
-              <w:t>No</w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0501" w:rsidRPr="0003614F" w14:paraId="0F6BFCFF" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00402A78" w:rsidRPr="00C31D58" w14:paraId="10AA49B9" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="820"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6649" w:type="dxa"/>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4DDF4330" w14:textId="05D4FD52" w:rsidR="00BB0501" w:rsidRPr="0003614F" w:rsidRDefault="002A4B5A" w:rsidP="00BB0501">
-[...25 lines deleted...]
-          <w:p w14:paraId="55EDDFC7" w14:textId="58A7C5B8" w:rsidR="00BB0501" w:rsidRDefault="00BB0501" w:rsidP="00BB0501">
+          <w:p w14:paraId="4CB7CDC8" w14:textId="77777777" w:rsidR="00402A78" w:rsidRPr="00C31D58" w:rsidRDefault="00402A78" w:rsidP="0041080D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
             </w:r>
-            <w:sdt>
-[...28 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
-          </w:p>
-[...47 lines deleted...]
-              <w:t>No</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, summarize these changes:</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...126 lines deleted...]
-          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:id w:val="1696815412"/>
+              <w:placeholder>
+                <w:docPart w:val="DD6314B4161E4B5AACAF26B8F64F6746"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="0E348A4C" w14:textId="42E0ADE4" w:rsidR="003C1F9B" w:rsidRPr="00C31D58" w:rsidRDefault="003C1F9B" w:rsidP="0041080D">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="275" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58E75F77" w14:textId="77777777" w:rsidR="00A63E0A" w:rsidRDefault="00A63E0A"/>
+    <w:p w14:paraId="3F46397D" w14:textId="77777777" w:rsidR="00A63E0A" w:rsidRPr="00C31D58" w:rsidRDefault="00A63E0A" w:rsidP="0041080D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblInd w:w="365" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6649"/>
-        <w:gridCol w:w="4151"/>
+        <w:gridCol w:w="10800"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847F77" w:rsidRPr="0003614F" w14:paraId="5320192B" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00BB0501" w:rsidRPr="00C31D58" w14:paraId="4D3E0A76" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="268"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10800" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
           </w:tcPr>
-          <w:p w14:paraId="52B3B47E" w14:textId="1C7C0F09" w:rsidR="00847F77" w:rsidRPr="0003614F" w:rsidRDefault="00847F77" w:rsidP="00BB0501">
-[...27 lines deleted...]
-          <w:p w14:paraId="6CDFB58B" w14:textId="4BDB6A15" w:rsidR="00BB0501" w:rsidRPr="0003614F" w:rsidRDefault="00BB0501" w:rsidP="00BB0501">
+          <w:p w14:paraId="621B52A2" w14:textId="02D023BF" w:rsidR="00BB0501" w:rsidRPr="00C31D58" w:rsidRDefault="00BB0501" w:rsidP="0041080D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="270" w:lineRule="atLeast"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-              </w:rPr>
-[...208 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB0501">
+            <w:r w:rsidRPr="00C31D58">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Continuing Review Progress Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0501" w:rsidRPr="0003614F" w14:paraId="4CA38D03" w14:textId="77777777" w:rsidTr="00BB0501">
+      <w:tr w:rsidR="00E446BA" w:rsidRPr="00C31D58" w14:paraId="4CA38D03" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="1074"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6649" w:type="dxa"/>
+            <w:tcW w:w="10800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67F61AA6" w14:textId="76065FAB" w:rsidR="00BB0501" w:rsidRPr="00BB0501" w:rsidRDefault="00BB0501" w:rsidP="00BB0501">
-[...34 lines deleted...]
-          <w:p w14:paraId="676945B1" w14:textId="77777777" w:rsidR="00BB0501" w:rsidRDefault="00BB0501" w:rsidP="00BB0501">
+          <w:p w14:paraId="316B8DC3" w14:textId="77777777" w:rsidR="00437568" w:rsidRPr="00C31D58" w:rsidRDefault="00E446BA" w:rsidP="00437568">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Summarize the results </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>since</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the last review.</w:t>
+            </w:r>
           </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:id w:val="-1192449127"/>
+              <w:placeholder>
+                <w:docPart w:val="32BAFF81868C477391720D3FFAA7B382"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="676945B1" w14:textId="062A52CD" w:rsidR="00E446BA" w:rsidRPr="00C31D58" w:rsidRDefault="00437568" w:rsidP="00437568">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="275" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB0501" w:rsidRPr="0003614F" w14:paraId="7830420C" w14:textId="77777777" w:rsidTr="00ED1E78">
+      <w:tr w:rsidR="00E446BA" w:rsidRPr="00C31D58" w14:paraId="7830420C" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="1074"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6649" w:type="dxa"/>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="228D0BFD" w14:textId="75440356" w:rsidR="00BB0501" w:rsidRPr="00BB0501" w:rsidRDefault="00BB0501" w:rsidP="00BB0501">
-[...23 lines deleted...]
-          <w:p w14:paraId="1811A694" w14:textId="77777777" w:rsidR="00BB0501" w:rsidRDefault="00BB0501" w:rsidP="00BB0501">
+          <w:p w14:paraId="269B8A12" w14:textId="77777777" w:rsidR="008905C1" w:rsidRPr="00C31D58" w:rsidRDefault="00E446BA" w:rsidP="008905C1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Provide a summary of plans for the coming year:</w:t>
+            </w:r>
           </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:id w:val="1988426674"/>
+              <w:placeholder>
+                <w:docPart w:val="FC98B8A2529045FC95D129B8F8BFB5EA"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="1811A694" w14:textId="380C9581" w:rsidR="00E446BA" w:rsidRPr="00C31D58" w:rsidRDefault="008905C1" w:rsidP="008905C1">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="275" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED1E78" w:rsidRPr="0003614F" w14:paraId="19C34F43" w14:textId="77777777" w:rsidTr="00ED1E78">
+      <w:tr w:rsidR="00E446BA" w:rsidRPr="00C31D58" w14:paraId="24050FF0" w14:textId="77777777" w:rsidTr="00C31D58">
         <w:trPr>
-          <w:trHeight w:val="530"/>
+          <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6649" w:type="dxa"/>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57C5D405" w14:textId="77777777" w:rsidR="00ED1E78" w:rsidRPr="00BB0501" w:rsidRDefault="00ED1E78" w:rsidP="00BB0501">
-[...20 lines deleted...]
-          <w:p w14:paraId="5B63ABD1" w14:textId="77777777" w:rsidR="00ED1E78" w:rsidRDefault="00ED1E78" w:rsidP="00BB0501">
+          <w:p w14:paraId="4F7E678B" w14:textId="77777777" w:rsidR="008905C1" w:rsidRPr="00C31D58" w:rsidRDefault="00E446BA" w:rsidP="008905C1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="275" w:lineRule="exact"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...25 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00C31D58">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
               <w:t>Is there any information you have not otherwise reported that you would like to convey at this time?</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...16 lines deleted...]
-          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:id w:val="-180515711"/>
+              <w:placeholder>
+                <w:docPart w:val="297E99E7199A44309B53DD550909E5C7"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="05583565" w14:textId="3F572A58" w:rsidR="00E446BA" w:rsidRPr="00C31D58" w:rsidRDefault="008905C1" w:rsidP="008905C1">
+                <w:pPr>
+                  <w:pStyle w:val="TableParagraph"/>
+                  <w:spacing w:line="275" w:lineRule="exact"/>
+                  <w:ind w:left="101"/>
+                  <w:rPr>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C31D58">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E8F7A3C" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRPr="0003614F" w:rsidRDefault="00BB5504" w:rsidP="00BB0501">
+    <w:p w14:paraId="2E8F7A3C" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRPr="00C31D58" w:rsidRDefault="00BB5504" w:rsidP="0041080D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="101"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00BB5504" w:rsidRPr="0003614F" w:rsidSect="00BB0501">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="00BB5504" w:rsidRPr="00C31D58" w:rsidSect="00BB0501">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1740" w:right="360" w:bottom="600" w:left="360" w:header="456" w:footer="414" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17A60EF9" w14:textId="77777777" w:rsidR="00AB777F" w:rsidRDefault="00AB777F">
+    <w:p w14:paraId="2E88C7C4" w14:textId="77777777" w:rsidR="000419CC" w:rsidRDefault="000419CC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06CF1D1E" w14:textId="77777777" w:rsidR="00AB777F" w:rsidRDefault="00AB777F">
+    <w:p w14:paraId="37B51380" w14:textId="77777777" w:rsidR="000419CC" w:rsidRDefault="000419CC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -4690,58 +7563,58 @@
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="198FA765" w14:textId="77777777" w:rsidR="00AB777F" w:rsidRDefault="00AB777F">
+    <w:p w14:paraId="53CD3DEE" w14:textId="77777777" w:rsidR="000419CC" w:rsidRDefault="000419CC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51FFFE26" w14:textId="77777777" w:rsidR="00AB777F" w:rsidRDefault="00AB777F">
+    <w:p w14:paraId="065B5F2E" w14:textId="77777777" w:rsidR="000419CC" w:rsidRDefault="000419CC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70CF7A76" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
@@ -4999,68 +7872,76 @@
                               </w:tcPr>
                               <w:p w14:paraId="60289249" w14:textId="5D4713E9" w:rsidR="00BB5504" w:rsidRDefault="00ED1E78">
                                 <w:pPr>
                                   <w:pStyle w:val="TableParagraph"/>
                                   <w:spacing w:before="128"/>
                                   <w:ind w:left="8" w:right="1"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial"/>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial"/>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                   <w:t>HRP-834</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="2141" w:type="dxa"/>
                               </w:tcPr>
-                              <w:p w14:paraId="0F80ECCA" w14:textId="09D562A7" w:rsidR="00BB5504" w:rsidRDefault="00ED1E78">
+                              <w:p w14:paraId="0F80ECCA" w14:textId="6EBA0CAC" w:rsidR="00BB5504" w:rsidRDefault="00ED1E78">
                                 <w:pPr>
                                   <w:pStyle w:val="TableParagraph"/>
                                   <w:spacing w:before="128"/>
                                   <w:ind w:left="7" w:right="2"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial"/>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial"/>
                                     <w:spacing w:val="-2"/>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                   <w:t>12.8.2025</w:t>
+                                </w:r>
+                                <w:r w:rsidR="00A45D3F">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial"/>
+                                    <w:spacing w:val="-2"/>
+                                    <w:sz w:val="18"/>
+                                  </w:rPr>
+                                  <w:t>a</w:t>
                                 </w:r>
                               </w:p>
                             </w:tc>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="2043" w:type="dxa"/>
                               </w:tcPr>
                               <w:p w14:paraId="6008B4EF" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRDefault="00000000">
                                 <w:pPr>
                                   <w:pStyle w:val="TableParagraph"/>
                                   <w:spacing w:before="128"/>
                                   <w:ind w:left="4" w:right="1"/>
                                   <w:jc w:val="center"/>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial"/>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial"/>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                   <w:fldChar w:fldCharType="begin"/>
                                 </w:r>
@@ -5405,68 +8286,76 @@
                         </w:tcPr>
                         <w:p w14:paraId="60289249" w14:textId="5D4713E9" w:rsidR="00BB5504" w:rsidRDefault="00ED1E78">
                           <w:pPr>
                             <w:pStyle w:val="TableParagraph"/>
                             <w:spacing w:before="128"/>
                             <w:ind w:left="8" w:right="1"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>HRP-834</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="2141" w:type="dxa"/>
                         </w:tcPr>
-                        <w:p w14:paraId="0F80ECCA" w14:textId="09D562A7" w:rsidR="00BB5504" w:rsidRDefault="00ED1E78">
+                        <w:p w14:paraId="0F80ECCA" w14:textId="6EBA0CAC" w:rsidR="00BB5504" w:rsidRDefault="00ED1E78">
                           <w:pPr>
                             <w:pStyle w:val="TableParagraph"/>
                             <w:spacing w:before="128"/>
                             <w:ind w:left="7" w:right="2"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>12.8.2025</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00A45D3F">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial"/>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>a</w:t>
                           </w:r>
                         </w:p>
                       </w:tc>
                       <w:tc>
                         <w:tcPr>
                           <w:tcW w:w="2043" w:type="dxa"/>
                         </w:tcPr>
                         <w:p w14:paraId="6008B4EF" w14:textId="77777777" w:rsidR="00BB5504" w:rsidRDefault="00000000">
                           <w:pPr>
                             <w:pStyle w:val="TableParagraph"/>
                             <w:spacing w:before="128"/>
                             <w:ind w:left="4" w:right="1"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
@@ -5612,50 +8501,144 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2517647" cy="667512"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="031865D3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DF8EE3A8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="149B1FE5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="708E824E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="467" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="467" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5732,51 +8715,147 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1547" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1547" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E3C2698"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4D78810E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C3B3DE1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C3843F3C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="467" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="467" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5853,114 +8932,293 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1547" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1547" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C9A6F31"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4D2AA9D2"/>
+    <w:lvl w:ilvl="0" w:tplc="7D1AC2EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1886604677">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1072773949">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="608588995">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1072773949">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="4" w16cid:durableId="1544705773">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="321979001">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="GQToeHjdNj+7a2EZLZpyxjOrHqx4q6HBHXIl88YISLN9Yx1TYUidrhPEcxwwpDn7+1oYVhQzsgSj+QI3fIbSsw==" w:salt="5JuvGrOehcAIdqF2qhnPuw=="/>
+  <w:defaultTabStop w:val="360"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB5504"/>
+    <w:rsid w:val="000268D9"/>
     <w:rsid w:val="0003614F"/>
+    <w:rsid w:val="000419CC"/>
+    <w:rsid w:val="00045FAA"/>
+    <w:rsid w:val="00096E99"/>
     <w:rsid w:val="00103BC5"/>
+    <w:rsid w:val="00125CFD"/>
+    <w:rsid w:val="00152EAB"/>
+    <w:rsid w:val="0017142B"/>
+    <w:rsid w:val="001739DA"/>
+    <w:rsid w:val="001B4466"/>
+    <w:rsid w:val="00222C86"/>
+    <w:rsid w:val="00247485"/>
+    <w:rsid w:val="0028307A"/>
     <w:rsid w:val="002A4B5A"/>
+    <w:rsid w:val="00333521"/>
+    <w:rsid w:val="003736DD"/>
+    <w:rsid w:val="00380B2B"/>
+    <w:rsid w:val="003C1F9B"/>
+    <w:rsid w:val="003D0792"/>
+    <w:rsid w:val="003D3B19"/>
+    <w:rsid w:val="00402A78"/>
+    <w:rsid w:val="0041080D"/>
     <w:rsid w:val="004224C4"/>
     <w:rsid w:val="00427391"/>
+    <w:rsid w:val="00437568"/>
+    <w:rsid w:val="00444700"/>
     <w:rsid w:val="004679F8"/>
+    <w:rsid w:val="0047043E"/>
+    <w:rsid w:val="004A2EF2"/>
     <w:rsid w:val="004F5A4B"/>
+    <w:rsid w:val="00530734"/>
+    <w:rsid w:val="0056565C"/>
+    <w:rsid w:val="00577202"/>
     <w:rsid w:val="005C3510"/>
     <w:rsid w:val="005E67D8"/>
+    <w:rsid w:val="005F3BDF"/>
+    <w:rsid w:val="00611349"/>
     <w:rsid w:val="006508A9"/>
     <w:rsid w:val="00665E34"/>
+    <w:rsid w:val="006A2EF7"/>
     <w:rsid w:val="006E39AB"/>
     <w:rsid w:val="00720518"/>
+    <w:rsid w:val="00785597"/>
     <w:rsid w:val="00847F77"/>
+    <w:rsid w:val="008905C1"/>
+    <w:rsid w:val="00906873"/>
     <w:rsid w:val="009273C4"/>
     <w:rsid w:val="009364BC"/>
     <w:rsid w:val="00943CEF"/>
+    <w:rsid w:val="00977B14"/>
+    <w:rsid w:val="00A45D3F"/>
     <w:rsid w:val="00A63E0A"/>
+    <w:rsid w:val="00A80A27"/>
+    <w:rsid w:val="00A96E02"/>
     <w:rsid w:val="00AB777F"/>
+    <w:rsid w:val="00B44C0C"/>
+    <w:rsid w:val="00B50B95"/>
+    <w:rsid w:val="00B57783"/>
     <w:rsid w:val="00BB0501"/>
     <w:rsid w:val="00BB5504"/>
     <w:rsid w:val="00BE0F3E"/>
+    <w:rsid w:val="00C00821"/>
     <w:rsid w:val="00C13A5C"/>
     <w:rsid w:val="00C20BB3"/>
+    <w:rsid w:val="00C31D58"/>
+    <w:rsid w:val="00C34ED4"/>
+    <w:rsid w:val="00CB6474"/>
+    <w:rsid w:val="00CF38CA"/>
+    <w:rsid w:val="00D01EB5"/>
+    <w:rsid w:val="00D47010"/>
+    <w:rsid w:val="00D60E7B"/>
+    <w:rsid w:val="00D74177"/>
+    <w:rsid w:val="00E446BA"/>
     <w:rsid w:val="00E560B0"/>
+    <w:rsid w:val="00E859AB"/>
     <w:rsid w:val="00ED1E78"/>
     <w:rsid w:val="00EE6E4A"/>
+    <w:rsid w:val="00F0092E"/>
+    <w:rsid w:val="00F55DF9"/>
     <w:rsid w:val="00FA183B"/>
+    <w:rsid w:val="00FD4CB0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="48F70895"/>
@@ -6451,63 +9709,4284 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE6E4A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE6E4A"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F55DF9"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5105DD949F89427D91855277878D28F7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9A61AD60-E31C-4565-9EFE-20DADB29610B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="5105DD949F89427D91855277878D28F75"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B5E71">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="51E25BF6A8374FD2974593E4088431D9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DD177CE4-7330-49EC-9375-87609295BF23}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="51E25BF6A8374FD2974593E4088431D95"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B5E71">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="546646EDD7074AEF8528137EEBFD808B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B32F2993-CE88-461D-A0C1-AE87C84E1917}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="546646EDD7074AEF8528137EEBFD808B5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B5E71">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B375CB497D594D3A91138A39C6957827"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8B57AC05-E0C3-466D-B82D-458713C052E0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="B375CB497D594D3A91138A39C69578275"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B5E71">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="77EB127C002E4475AAE889B5DA0AB800"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FACC02B3-6082-47BB-9D72-719C4072E691}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="77EB127C002E4475AAE889B5DA0AB8005"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B5E71">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="85A53ECD7CA0478082408CFB3668EDA4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DD3B297B-F8AF-4365-9FD6-64BAF8EE63A0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="85A53ECD7CA0478082408CFB3668EDA45"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B5E71">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="004B1BC7EA774597863BBBA1F2615880"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{60D7E942-DE86-457E-86B5-5C9504EECF84}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="004B1BC7EA774597863BBBA1F26158802"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B5E71">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="32BAFF81868C477391720D3FFAA7B382"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AB0861C2-3FED-40F0-AEDE-F9316DE7E243}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="32BAFF81868C477391720D3FFAA7B3822"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B5E71">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FC98B8A2529045FC95D129B8F8BFB5EA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{47D5CA0B-C72A-479A-A7F0-4D52309950A2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="FC98B8A2529045FC95D129B8F8BFB5EA2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B5E71">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="297E99E7199A44309B53DD550909E5C7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{12566FF2-EAD4-499B-B757-B9711A40332E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="297E99E7199A44309B53DD550909E5C72"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B5E71">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DD6314B4161E4B5AACAF26B8F64F6746"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7CB39563-5FDD-462B-9173-102C6292F10B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="DD6314B4161E4B5AACAF26B8F64F67461"/>
+          </w:pPr>
+          <w:r w:rsidRPr="006B5E71">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="373F6312586E49D3917927BC58C841AE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8682EA57-E69D-44A3-AA44-64AC5C08BF02}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="373F6312586E49D3917927BC58C841AE"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="358142D3A6F74CA783AFD1DCA0609723"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BC24A48B-5D9D-4B6D-B599-9677E382822C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="358142D3A6F74CA783AFD1DCA0609723"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="96F97E28859641E2A7953CAC67D24E6B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{20A55E57-17E1-4795-8F0D-EB7157E76298}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="96F97E28859641E2A7953CAC67D24E6B"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="829487CA4A9A4319AFD6619E08041AC6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{914BC0C1-A11A-4039-991F-1400542AB155}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="829487CA4A9A4319AFD6619E08041AC6"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="68A5C501861041FAAFBBD57B320F6990"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{69CABE1B-2A42-47DE-99AF-5576D75E620B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="68A5C501861041FAAFBBD57B320F6990"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E7B2979F62E6402180DAD87D4908B6A7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{391F5639-0A92-4EBD-A6CE-EB9D92A3AD64}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="E7B2979F62E6402180DAD87D4908B6A7"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E2ACF96640A7446EB5806E585781AE59"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6FC07DD2-DFF7-44A6-AD08-2D1263EF64ED}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="E2ACF96640A7446EB5806E585781AE59"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2CD08886A5D949BE81CEB0047F427AF1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8786A204-F994-4224-A658-D1A29784601F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="2CD08886A5D949BE81CEB0047F427AF1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="AAD62F8C9E024EC598C1DE4C25F63C8B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DE935D85-D8C6-47E8-8ACC-96522C4976D2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="AAD62F8C9E024EC598C1DE4C25F63C8B"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A90B578F72BC40BF976ECC0F2C5E0DD0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{80BC3563-4150-4794-87EC-54B3FA408057}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="A90B578F72BC40BF976ECC0F2C5E0DD0"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0090035DBD7748DE94937B2968015532"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0A47DEB9-7403-4F8D-8B23-114156644ACB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="0090035DBD7748DE94937B2968015532"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EE564C0B2EEA4723AF794FC34B9F413E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{54329434-2C71-4986-89DD-948F40B33C7D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="EE564C0B2EEA4723AF794FC34B9F413E"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="106AA59A76F44741B5F0848B37C32845"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6E687FE0-2C26-4545-BCE3-43694B95621D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="106AA59A76F44741B5F0848B37C32845"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1AE76F75D5BE4D9DA60F697A9E3EA2BF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6738E1A7-938A-44CE-B380-1954825DF2DD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="1AE76F75D5BE4D9DA60F697A9E3EA2BF"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7C87AE149A514BCFB352B937B8FFD659"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F1474E8F-386B-40A4-B9DD-D4EAD94642A4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="7C87AE149A514BCFB352B937B8FFD659"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D71F3BC8D89341BEB62B776C698E23E2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E41E30E2-1C24-462F-B7DB-A3DADD835F7C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="D71F3BC8D89341BEB62B776C698E23E2"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="67BBA148456044458552F97C1D0F26C7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9E417A22-6E08-4EB9-863A-F5376A4E480B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="67BBA148456044458552F97C1D0F26C7"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1988768B83164E44924626EFCA71695E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FB2FF412-7100-4DD2-B0B8-56416BFFB11C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="1988768B83164E44924626EFCA71695E"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="42895CD4F1D545A19451CA92F31C4F20"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D2BE5E6C-C5CC-41E3-BC16-702F1AA76C12}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="42895CD4F1D545A19451CA92F31C4F20"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7A088EEA5CE24114853A014B5CF3AFFA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{09CC9D87-2E97-4FB5-970E-E6BF53F81204}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="7A088EEA5CE24114853A014B5CF3AFFA"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FCAFCE4F4E0640F4BCF7DE911DE6890B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6FCB14A5-5506-43D7-BF4A-4175DA5A49DF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="FCAFCE4F4E0640F4BCF7DE911DE6890B"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="87E82A00A5B842CCB41309F8FD144D42"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{701AFC73-9CA2-45F9-B364-B5AA42EAC14A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="87E82A00A5B842CCB41309F8FD144D42"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4297DB808D484279801D92C6EBA15AA6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{586C0642-24AA-4291-B5C0-450DF204B7DF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="4297DB808D484279801D92C6EBA15AA6"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D1FCA4E375CE44098FF6C6BDEBA147B8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{34D9A9B5-5C3F-4CF5-AFBA-2D3B6532C4E6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="D1FCA4E375CE44098FF6C6BDEBA147B8"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4E4C8930349E48B6BFBA31C8A1393221"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5CE44071-D8D6-441D-8F3C-4BD365D7A9F4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="4E4C8930349E48B6BFBA31C8A1393221"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8371AA23DE4148E6B5F3416791CA20E0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C1EB8B87-A88F-4227-877B-2AA98FFBADCA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="8371AA23DE4148E6B5F3416791CA20E0"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="97BB99EA67F646C4A87DA5F992AB75F8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BB847084-1030-4E07-A35F-BFFBDEFF5EBA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="97BB99EA67F646C4A87DA5F992AB75F8"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="85785606584F40EBBA3D899028F38FE1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8AC631A2-5130-4AB0-B2B5-222FD964A593}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="85785606584F40EBBA3D899028F38FE1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="07A9FEBE4F554AA2AC6D9AB1C72EA323"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3D94A325-6923-4091-9203-6793AD487F4B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="07A9FEBE4F554AA2AC6D9AB1C72EA323"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="473DAFACDD7E4F7CBDA9CBA37CFC15E9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{38AABFCC-121F-427B-AE8C-A285DED5568C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="473DAFACDD7E4F7CBDA9CBA37CFC15E9"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="08FC7A5754A743888155E3A1542D86E4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{226B805B-8C0F-4ECC-9BAA-4DAA0F31B963}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="08FC7A5754A743888155E3A1542D86E4"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="00652ACFA1074FEDBE2DF5C000989FBD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AE97D707-BB05-4D05-89F0-39EB22F35468}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="00652ACFA1074FEDBE2DF5C000989FBD"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ADCEBEF823024AB79F4C026890DB3057"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{90E4D0E0-9090-4A5D-982B-590B431E2510}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="ADCEBEF823024AB79F4C026890DB3057"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4CCB6775FF4A4207BF8F0DA83BABF969"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CA73F697-A09D-470D-85A3-4C82E1992B25}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="4CCB6775FF4A4207BF8F0DA83BABF969"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="83C34CAF1AD14DAAAB9F7BE917E72F5D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8D2FA5D4-C460-48EF-B5EC-DD0A3A833AEF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="83C34CAF1AD14DAAAB9F7BE917E72F5D"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6B80E10D88254633A3A716CC55E405F8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{27944C5C-F423-455B-8B22-8F1909A23003}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="6B80E10D88254633A3A716CC55E405F8"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4AC8B3A44491457F9EB01D5AD3DDA577"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4E7BE01A-BACF-41DA-A104-5F8A2C736691}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="4AC8B3A44491457F9EB01D5AD3DDA577"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9E533437B6A84167899157342D563DCB"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D47759A2-C7A8-4CDA-AC5E-177F581D0392}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="9E533437B6A84167899157342D563DCB"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1FE7D8AC1A3F4232A88F2CCCD1F96644"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0D5074F1-20D6-4980-9E46-6499910C3389}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="1FE7D8AC1A3F4232A88F2CCCD1F96644"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="81B328661D094D2085A95E2B9D0374A6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3CCF34F6-AFDC-4F9B-833D-A5D01F60BC06}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="81B328661D094D2085A95E2B9D0374A6"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="35122BD6638F4330BA5F962480413D5B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A34AEB48-F0AB-4857-82D0-2A986D0D3791}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="35122BD6638F4330BA5F962480413D5B"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4D3DCFC983B84941BBD2BDC135B64BA4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BD0A3AF6-7525-4178-99DA-E3FAAF78A4E5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="4D3DCFC983B84941BBD2BDC135B64BA4"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2282466A02964DAC9199AE547AC51DD9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9B9851FC-2454-4D8E-9DE6-C90AB9A1AB71}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="2282466A02964DAC9199AE547AC51DD9"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2D3188AE5D4441E184BF7896C3979588"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{66117F26-7F9A-4011-AA90-81E20E8137A7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="2D3188AE5D4441E184BF7896C3979588"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D629324A7FC2441D84468AD49543382A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A8B4B537-47D2-443B-9453-1D2C058AAFC4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="D629324A7FC2441D84468AD49543382A"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="657E6A061E444745BCFD1BEDDF71D0D8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{28521468-232F-486E-B68C-9F5EA04847CA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="657E6A061E444745BCFD1BEDDF71D0D8"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B9B082F2F6B24339AFC77B634EE9783E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5D857210-F201-43D8-8758-C95D5FF958C7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="B9B082F2F6B24339AFC77B634EE9783E"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F21E39227E2F420FA119CAB59869FF30"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{15E5580E-1EB5-4086-B534-5585FDE83500}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="F21E39227E2F420FA119CAB59869FF30"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="88D67E8D12A04D9C81DD06B49FD5A4A7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E0B6B5F4-856B-492D-BAB4-8CB7F50492EE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="88D67E8D12A04D9C81DD06B49FD5A4A7"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="47C3442218C341419465092E590DDEA5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C04B891A-FE9C-4263-A312-56B976621868}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="47C3442218C341419465092E590DDEA5"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5A64C7E535544DD996AF47C11DFAADE9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{903DF7B5-075B-458A-B965-E367574A2A41}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="5A64C7E535544DD996AF47C11DFAADE9"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="38D4396611C8484496E2BA72C95E969A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6DD6E050-FE80-4253-9477-541CC6098DB1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="38D4396611C8484496E2BA72C95E969A"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="065DDE32D468403C8F8AF70E3B061082"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1A0548FE-4760-4043-AC31-8D7AEBFF6E0F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="065DDE32D468403C8F8AF70E3B061082"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FCD3A0855808475784679C4F94F38EC0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{15F805B0-A0EB-499A-BB2B-E04AFD2B7EA6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="FCD3A0855808475784679C4F94F38EC0"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="93F8E39901FB4AEFB1F92CFE65530E96"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CFE13513-52C7-431C-B428-C41140CD8305}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="93F8E39901FB4AEFB1F92CFE65530E96"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5F7BE9F01CE44E709E337F1C6A9F9771"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C534B285-DBFA-42E7-AD72-105195886BCA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="5F7BE9F01CE44E709E337F1C6A9F9771"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B97943A0D0474CE483C08A869C6C816C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{052E9069-23A6-4BC8-AC98-A63D41BC8630}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="B97943A0D0474CE483C08A869C6C816C"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A1E305CE122D4F1A9D2C6BB63131C996"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2A660DB3-ACE5-4D68-A7B6-B5DF972DF0D8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="A1E305CE122D4F1A9D2C6BB63131C996"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7CD8A4AA86F04BB3BBBB33AD3DD4B900"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EF627DFC-5814-41E0-8809-9B4828EA585E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="7CD8A4AA86F04BB3BBBB33AD3DD4B900"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8589A10B0A5C45158CE167342B7CBDF7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0A5AE55C-5CFB-4601-B1BD-59A489942627}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00783C4D" w:rsidP="00783C4D">
+          <w:pPr>
+            <w:pStyle w:val="8589A10B0A5C45158CE167342B7CBDF7"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:cstheme="minorHAnsi"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t xml:space="preserve"># </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:revisionView w:formatting="0" w:inkAnnotations="0"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00783C4D"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:rsid w:val="00AB7091"/>
+    <w:rsid w:val="00D60E7B"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00783C4D"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5105DD949F89427D91855277878D28F7">
+    <w:name w:val="5105DD949F89427D91855277878D28F7"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51E25BF6A8374FD2974593E4088431D9">
+    <w:name w:val="51E25BF6A8374FD2974593E4088431D9"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="546646EDD7074AEF8528137EEBFD808B">
+    <w:name w:val="546646EDD7074AEF8528137EEBFD808B"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B375CB497D594D3A91138A39C6957827">
+    <w:name w:val="B375CB497D594D3A91138A39C6957827"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="77EB127C002E4475AAE889B5DA0AB800">
+    <w:name w:val="77EB127C002E4475AAE889B5DA0AB800"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="85A53ECD7CA0478082408CFB3668EDA4">
+    <w:name w:val="85A53ECD7CA0478082408CFB3668EDA4"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5105DD949F89427D91855277878D28F71">
+    <w:name w:val="5105DD949F89427D91855277878D28F71"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51E25BF6A8374FD2974593E4088431D91">
+    <w:name w:val="51E25BF6A8374FD2974593E4088431D91"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="546646EDD7074AEF8528137EEBFD808B1">
+    <w:name w:val="546646EDD7074AEF8528137EEBFD808B1"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B375CB497D594D3A91138A39C69578271">
+    <w:name w:val="B375CB497D594D3A91138A39C69578271"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="77EB127C002E4475AAE889B5DA0AB8001">
+    <w:name w:val="77EB127C002E4475AAE889B5DA0AB8001"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="85A53ECD7CA0478082408CFB3668EDA41">
+    <w:name w:val="85A53ECD7CA0478082408CFB3668EDA41"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D4C226FC9B9A4B6CB3F943920FD46812">
+    <w:name w:val="D4C226FC9B9A4B6CB3F943920FD46812"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="85B20C4DB6054DF4B44833445A686770">
+    <w:name w:val="85B20C4DB6054DF4B44833445A686770"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5105DD949F89427D91855277878D28F72">
+    <w:name w:val="5105DD949F89427D91855277878D28F72"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51E25BF6A8374FD2974593E4088431D92">
+    <w:name w:val="51E25BF6A8374FD2974593E4088431D92"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="546646EDD7074AEF8528137EEBFD808B2">
+    <w:name w:val="546646EDD7074AEF8528137EEBFD808B2"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B375CB497D594D3A91138A39C69578272">
+    <w:name w:val="B375CB497D594D3A91138A39C69578272"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="77EB127C002E4475AAE889B5DA0AB8002">
+    <w:name w:val="77EB127C002E4475AAE889B5DA0AB8002"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="85A53ECD7CA0478082408CFB3668EDA42">
+    <w:name w:val="85A53ECD7CA0478082408CFB3668EDA42"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5105DD949F89427D91855277878D28F73">
+    <w:name w:val="5105DD949F89427D91855277878D28F73"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51E25BF6A8374FD2974593E4088431D93">
+    <w:name w:val="51E25BF6A8374FD2974593E4088431D93"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="546646EDD7074AEF8528137EEBFD808B3">
+    <w:name w:val="546646EDD7074AEF8528137EEBFD808B3"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B375CB497D594D3A91138A39C69578273">
+    <w:name w:val="B375CB497D594D3A91138A39C69578273"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="77EB127C002E4475AAE889B5DA0AB8003">
+    <w:name w:val="77EB127C002E4475AAE889B5DA0AB8003"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="85A53ECD7CA0478082408CFB3668EDA43">
+    <w:name w:val="85A53ECD7CA0478082408CFB3668EDA43"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="004B1BC7EA774597863BBBA1F2615880">
+    <w:name w:val="004B1BC7EA774597863BBBA1F2615880"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32BAFF81868C477391720D3FFAA7B382">
+    <w:name w:val="32BAFF81868C477391720D3FFAA7B382"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC98B8A2529045FC95D129B8F8BFB5EA">
+    <w:name w:val="FC98B8A2529045FC95D129B8F8BFB5EA"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="297E99E7199A44309B53DD550909E5C7">
+    <w:name w:val="297E99E7199A44309B53DD550909E5C7"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8DE775E3C52346A38E1AC03D09186DA4">
+    <w:name w:val="8DE775E3C52346A38E1AC03D09186DA4"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5105DD949F89427D91855277878D28F74">
+    <w:name w:val="5105DD949F89427D91855277878D28F74"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51E25BF6A8374FD2974593E4088431D94">
+    <w:name w:val="51E25BF6A8374FD2974593E4088431D94"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="546646EDD7074AEF8528137EEBFD808B4">
+    <w:name w:val="546646EDD7074AEF8528137EEBFD808B4"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B375CB497D594D3A91138A39C69578274">
+    <w:name w:val="B375CB497D594D3A91138A39C69578274"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="77EB127C002E4475AAE889B5DA0AB8004">
+    <w:name w:val="77EB127C002E4475AAE889B5DA0AB8004"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="85A53ECD7CA0478082408CFB3668EDA44">
+    <w:name w:val="85A53ECD7CA0478082408CFB3668EDA44"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="004B1BC7EA774597863BBBA1F26158801">
+    <w:name w:val="004B1BC7EA774597863BBBA1F26158801"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46F483D4FD704B4F9EF9F88D8DA81CC4">
+    <w:name w:val="46F483D4FD704B4F9EF9F88D8DA81CC4"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DD6314B4161E4B5AACAF26B8F64F6746">
+    <w:name w:val="DD6314B4161E4B5AACAF26B8F64F6746"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32BAFF81868C477391720D3FFAA7B3821">
+    <w:name w:val="32BAFF81868C477391720D3FFAA7B3821"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC98B8A2529045FC95D129B8F8BFB5EA1">
+    <w:name w:val="FC98B8A2529045FC95D129B8F8BFB5EA1"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="297E99E7199A44309B53DD550909E5C71">
+    <w:name w:val="297E99E7199A44309B53DD550909E5C71"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5105DD949F89427D91855277878D28F75">
+    <w:name w:val="5105DD949F89427D91855277878D28F75"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51E25BF6A8374FD2974593E4088431D95">
+    <w:name w:val="51E25BF6A8374FD2974593E4088431D95"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="546646EDD7074AEF8528137EEBFD808B5">
+    <w:name w:val="546646EDD7074AEF8528137EEBFD808B5"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B375CB497D594D3A91138A39C69578275">
+    <w:name w:val="B375CB497D594D3A91138A39C69578275"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="77EB127C002E4475AAE889B5DA0AB8005">
+    <w:name w:val="77EB127C002E4475AAE889B5DA0AB8005"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="85A53ECD7CA0478082408CFB3668EDA45">
+    <w:name w:val="85A53ECD7CA0478082408CFB3668EDA45"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="004B1BC7EA774597863BBBA1F26158802">
+    <w:name w:val="004B1BC7EA774597863BBBA1F26158802"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46F483D4FD704B4F9EF9F88D8DA81CC41">
+    <w:name w:val="46F483D4FD704B4F9EF9F88D8DA81CC41"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DD6314B4161E4B5AACAF26B8F64F67461">
+    <w:name w:val="DD6314B4161E4B5AACAF26B8F64F67461"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32BAFF81868C477391720D3FFAA7B3822">
+    <w:name w:val="32BAFF81868C477391720D3FFAA7B3822"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC98B8A2529045FC95D129B8F8BFB5EA2">
+    <w:name w:val="FC98B8A2529045FC95D129B8F8BFB5EA2"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="297E99E7199A44309B53DD550909E5C72">
+    <w:name w:val="297E99E7199A44309B53DD550909E5C72"/>
+    <w:rsid w:val="00783C4D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="107"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2056E97FC0847539DB6BEDFE860C076">
+    <w:name w:val="A2056E97FC0847539DB6BEDFE860C076"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="194FE7AD53214179B23BE15297F8AC70">
+    <w:name w:val="194FE7AD53214179B23BE15297F8AC70"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18E89B3053F44BB3B781532F39289F31">
+    <w:name w:val="18E89B3053F44BB3B781532F39289F31"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="74E558F9481A44F0A77BAC6A62750E1A">
+    <w:name w:val="74E558F9481A44F0A77BAC6A62750E1A"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E412AD681FA407BBDCB2B3C40340B43">
+    <w:name w:val="1E412AD681FA407BBDCB2B3C40340B43"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA39A5E03E564C13BD826BEA77656004">
+    <w:name w:val="CA39A5E03E564C13BD826BEA77656004"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0CA378CF3474F8D9E7DFE8486CF7DA2">
+    <w:name w:val="B0CA378CF3474F8D9E7DFE8486CF7DA2"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B6A3B15D72049D18FB03C28E5ADD381">
+    <w:name w:val="4B6A3B15D72049D18FB03C28E5ADD381"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33B814461F064AC2A2EBFA7AECCD864C">
+    <w:name w:val="33B814461F064AC2A2EBFA7AECCD864C"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="373F6312586E49D3917927BC58C841AE">
+    <w:name w:val="373F6312586E49D3917927BC58C841AE"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="358142D3A6F74CA783AFD1DCA0609723">
+    <w:name w:val="358142D3A6F74CA783AFD1DCA0609723"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="96F97E28859641E2A7953CAC67D24E6B">
+    <w:name w:val="96F97E28859641E2A7953CAC67D24E6B"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="829487CA4A9A4319AFD6619E08041AC6">
+    <w:name w:val="829487CA4A9A4319AFD6619E08041AC6"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68A5C501861041FAAFBBD57B320F6990">
+    <w:name w:val="68A5C501861041FAAFBBD57B320F6990"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E7B2979F62E6402180DAD87D4908B6A7">
+    <w:name w:val="E7B2979F62E6402180DAD87D4908B6A7"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E2ACF96640A7446EB5806E585781AE59">
+    <w:name w:val="E2ACF96640A7446EB5806E585781AE59"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CD08886A5D949BE81CEB0047F427AF1">
+    <w:name w:val="2CD08886A5D949BE81CEB0047F427AF1"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAD62F8C9E024EC598C1DE4C25F63C8B">
+    <w:name w:val="AAD62F8C9E024EC598C1DE4C25F63C8B"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A90B578F72BC40BF976ECC0F2C5E0DD0">
+    <w:name w:val="A90B578F72BC40BF976ECC0F2C5E0DD0"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0090035DBD7748DE94937B2968015532">
+    <w:name w:val="0090035DBD7748DE94937B2968015532"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EE564C0B2EEA4723AF794FC34B9F413E">
+    <w:name w:val="EE564C0B2EEA4723AF794FC34B9F413E"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="106AA59A76F44741B5F0848B37C32845">
+    <w:name w:val="106AA59A76F44741B5F0848B37C32845"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1AE76F75D5BE4D9DA60F697A9E3EA2BF">
+    <w:name w:val="1AE76F75D5BE4D9DA60F697A9E3EA2BF"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C87AE149A514BCFB352B937B8FFD659">
+    <w:name w:val="7C87AE149A514BCFB352B937B8FFD659"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D71F3BC8D89341BEB62B776C698E23E2">
+    <w:name w:val="D71F3BC8D89341BEB62B776C698E23E2"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="67BBA148456044458552F97C1D0F26C7">
+    <w:name w:val="67BBA148456044458552F97C1D0F26C7"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1988768B83164E44924626EFCA71695E">
+    <w:name w:val="1988768B83164E44924626EFCA71695E"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42895CD4F1D545A19451CA92F31C4F20">
+    <w:name w:val="42895CD4F1D545A19451CA92F31C4F20"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A088EEA5CE24114853A014B5CF3AFFA">
+    <w:name w:val="7A088EEA5CE24114853A014B5CF3AFFA"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FCAFCE4F4E0640F4BCF7DE911DE6890B">
+    <w:name w:val="FCAFCE4F4E0640F4BCF7DE911DE6890B"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="87E82A00A5B842CCB41309F8FD144D42">
+    <w:name w:val="87E82A00A5B842CCB41309F8FD144D42"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4297DB808D484279801D92C6EBA15AA6">
+    <w:name w:val="4297DB808D484279801D92C6EBA15AA6"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1FCA4E375CE44098FF6C6BDEBA147B8">
+    <w:name w:val="D1FCA4E375CE44098FF6C6BDEBA147B8"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E4C8930349E48B6BFBA31C8A1393221">
+    <w:name w:val="4E4C8930349E48B6BFBA31C8A1393221"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8371AA23DE4148E6B5F3416791CA20E0">
+    <w:name w:val="8371AA23DE4148E6B5F3416791CA20E0"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="97BB99EA67F646C4A87DA5F992AB75F8">
+    <w:name w:val="97BB99EA67F646C4A87DA5F992AB75F8"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="85785606584F40EBBA3D899028F38FE1">
+    <w:name w:val="85785606584F40EBBA3D899028F38FE1"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07A9FEBE4F554AA2AC6D9AB1C72EA323">
+    <w:name w:val="07A9FEBE4F554AA2AC6D9AB1C72EA323"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="473DAFACDD7E4F7CBDA9CBA37CFC15E9">
+    <w:name w:val="473DAFACDD7E4F7CBDA9CBA37CFC15E9"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="08FC7A5754A743888155E3A1542D86E4">
+    <w:name w:val="08FC7A5754A743888155E3A1542D86E4"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00652ACFA1074FEDBE2DF5C000989FBD">
+    <w:name w:val="00652ACFA1074FEDBE2DF5C000989FBD"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADCEBEF823024AB79F4C026890DB3057">
+    <w:name w:val="ADCEBEF823024AB79F4C026890DB3057"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4CCB6775FF4A4207BF8F0DA83BABF969">
+    <w:name w:val="4CCB6775FF4A4207BF8F0DA83BABF969"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="83C34CAF1AD14DAAAB9F7BE917E72F5D">
+    <w:name w:val="83C34CAF1AD14DAAAB9F7BE917E72F5D"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B80E10D88254633A3A716CC55E405F8">
+    <w:name w:val="6B80E10D88254633A3A716CC55E405F8"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4AC8B3A44491457F9EB01D5AD3DDA577">
+    <w:name w:val="4AC8B3A44491457F9EB01D5AD3DDA577"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E533437B6A84167899157342D563DCB">
+    <w:name w:val="9E533437B6A84167899157342D563DCB"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FE7D8AC1A3F4232A88F2CCCD1F96644">
+    <w:name w:val="1FE7D8AC1A3F4232A88F2CCCD1F96644"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81B328661D094D2085A95E2B9D0374A6">
+    <w:name w:val="81B328661D094D2085A95E2B9D0374A6"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35122BD6638F4330BA5F962480413D5B">
+    <w:name w:val="35122BD6638F4330BA5F962480413D5B"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D3DCFC983B84941BBD2BDC135B64BA4">
+    <w:name w:val="4D3DCFC983B84941BBD2BDC135B64BA4"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2282466A02964DAC9199AE547AC51DD9">
+    <w:name w:val="2282466A02964DAC9199AE547AC51DD9"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D3188AE5D4441E184BF7896C3979588">
+    <w:name w:val="2D3188AE5D4441E184BF7896C3979588"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D629324A7FC2441D84468AD49543382A">
+    <w:name w:val="D629324A7FC2441D84468AD49543382A"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="657E6A061E444745BCFD1BEDDF71D0D8">
+    <w:name w:val="657E6A061E444745BCFD1BEDDF71D0D8"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B9B082F2F6B24339AFC77B634EE9783E">
+    <w:name w:val="B9B082F2F6B24339AFC77B634EE9783E"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F21E39227E2F420FA119CAB59869FF30">
+    <w:name w:val="F21E39227E2F420FA119CAB59869FF30"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="88D67E8D12A04D9C81DD06B49FD5A4A7">
+    <w:name w:val="88D67E8D12A04D9C81DD06B49FD5A4A7"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47C3442218C341419465092E590DDEA5">
+    <w:name w:val="47C3442218C341419465092E590DDEA5"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A64C7E535544DD996AF47C11DFAADE9">
+    <w:name w:val="5A64C7E535544DD996AF47C11DFAADE9"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="38D4396611C8484496E2BA72C95E969A">
+    <w:name w:val="38D4396611C8484496E2BA72C95E969A"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="065DDE32D468403C8F8AF70E3B061082">
+    <w:name w:val="065DDE32D468403C8F8AF70E3B061082"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FCD3A0855808475784679C4F94F38EC0">
+    <w:name w:val="FCD3A0855808475784679C4F94F38EC0"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="93F8E39901FB4AEFB1F92CFE65530E96">
+    <w:name w:val="93F8E39901FB4AEFB1F92CFE65530E96"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F7BE9F01CE44E709E337F1C6A9F9771">
+    <w:name w:val="5F7BE9F01CE44E709E337F1C6A9F9771"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B97943A0D0474CE483C08A869C6C816C">
+    <w:name w:val="B97943A0D0474CE483C08A869C6C816C"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A1E305CE122D4F1A9D2C6BB63131C996">
+    <w:name w:val="A1E305CE122D4F1A9D2C6BB63131C996"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CD8A4AA86F04BB3BBBB33AD3DD4B900">
+    <w:name w:val="7CD8A4AA86F04BB3BBBB33AD3DD4B900"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8589A10B0A5C45158CE167342B7CBDF7">
+    <w:name w:val="8589A10B0A5C45158CE167342B7CBDF7"/>
+    <w:rsid w:val="00783C4D"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6749,85 +14228,422 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_activity xmlns="931f1570-c890-4c2b-97c9-694f759cb3c9" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010027508C8436DF2F44AA500F5F2D662EB9" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ce9eac64fa0ec683c4a46fb58c71250e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns3="931f1570-c890-4c2b-97c9-694f759cb3c9" xmlns:ns4="ba08a0c5-5e0d-45dd-bfd5-ce96bf88b414" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2a948450190bc1b3fe4bb73e659a6035" ns1:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="931f1570-c890-4c2b-97c9-694f759cb3c9"/>
+    <xsd:import namespace="ba08a0c5-5e0d-45dd-bfd5-ce96bf88b414"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="21" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="22" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="931f1570-c890-4c2b-97c9-694f759cb3c9" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="23" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="25" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ba08a0c5-5e0d-45dd-bfd5-ce96bf88b414" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SharingHintHash" ma:index="19" nillable="true" ma:displayName="Sharing Hint Hash" ma:hidden="true" ma:internalName="SharingHintHash" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97EF32BE-A67A-4262-B6C5-F1369FBF5F9C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="931f1570-c890-4c2b-97c9-694f759cb3c9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CFB46EF-1858-4D96-80B0-D89A160F99C0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6F9D538-6F59-4CE7-BECB-5B9828D8E73A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="931f1570-c890-4c2b-97c9-694f759cb3c9"/>
+    <ds:schemaRef ds:uri="ba08a0c5-5e0d-45dd-bfd5-ce96bf88b414"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3296</Characters>
+  <Pages>2</Pages>
+  <Words>695</Words>
+  <Characters>3848</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>193</Lines>
-  <Paragraphs>94</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Microsoft Word - HRP-801 - FORM - LCQ Relying Site.docx</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3791</CharactersWithSpaces>
+  <CharactersWithSpaces>4483</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Microsoft Word - HRP-801 - FORM - LCQ Relying Site.docx</dc:title>
   <dc:creator>Evans, Scott</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-08-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2025-08-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">
     <vt:lpwstr>Microsoft: Print To PDF</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
+    <vt:lpwstr>0x01010027508C8436DF2F44AA500F5F2D662EB9</vt:lpwstr>
+  </property>
 </Properties>
 </file>